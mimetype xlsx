--- v0 (2025-11-21)
+++ v1 (2026-02-21)
@@ -1,112 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10118"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://scanoffice-my.sharepoint.com/personal/janne_koponen_scanoffice_fi/Documents/Työpöytä/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kalle/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="277" documentId="8_{A965BE8C-4E8E-4EEC-80B1-79AC5CD52411}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9C867C28-4DB2-4BBC-9427-EA7C7F22650F}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CD87635-AF9B-A84C-A9C3-E0C998A337F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9D1F9C7D-12E8-4DFF-A164-594E9529FFBD}"/>
+    <workbookView xWindow="28800" yWindow="620" windowWidth="44440" windowHeight="22260" activeTab="1" xr2:uid="{9D1F9C7D-12E8-4DFF-A164-594E9529FFBD}"/>
   </bookViews>
   <sheets>
     <sheet name="Mitsubishi Electric" sheetId="1" r:id="rId1"/>
     <sheet name="Gree" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Mitsubishi Electric'!$B$4:$X$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Mitsubishi Electric'!$B$4:$X$70</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Janne Koponen</author>
   </authors>
   <commentList>
     <comment ref="F4" authorId="0" shapeId="0" xr:uid="{5F0339D5-F67E-4B13-B083-5D87A89AD3B5}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Telineen mitat (kxlxs) 465x700x465.
 Kiinnityspisteet: min 70-200mm, max 365-445mm.
 Kantavuus 140kg
 Sisältää kumityynyt</t>
         </r>
       </text>
     </comment>
     <comment ref="G4" authorId="0" shapeId="0" xr:uid="{43F5F554-E529-4751-97E3-389704B82C79}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Telineen mitat: 450x800x455.
 Kiinnityspisteet: min 60-165mm, max 335-440mm. Kantavuus 140kg
 Sisältää kumityynyt</t>
         </r>
       </text>
     </comment>
     <comment ref="H4" authorId="0" shapeId="0" xr:uid="{21D1008B-3899-4606-80BD-5BE4DD9DAEFA}">
@@ -197,50 +194,81 @@
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Telineen mitat 375x30x500.
 Kiinnityspisteet: min 100-180mm max 400-485mm. Kantavuus 100kg
 Sisältää kumityynyt</t>
         </r>
       </text>
     </comment>
     <comment ref="N4" authorId="0" shapeId="0" xr:uid="{D017E968-B486-48DA-B720-754CAF50FF86}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Telineen mitat 310-420x860x380.
 Kiinnityspisteet kehikossa: syvyys 338mm leveys min 420-600mm. Kiinnitysrauta: syvyys 177-355mm. Kantavuus 150kg
 Myyntierä 4kpl</t>
         </r>
       </text>
     </comment>
+    <comment ref="O4" authorId="0" shapeId="0" xr:uid="{B35AB05F-D811-4E3E-A6C4-6D94CA2F4BEE}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Telineen mitat: 310-430 x 850 x 380
+Kiinnityspisteet kehikossa syvyys 390mm, leveys 335-680mm.
+Kiinnitysraudat syvyys 230-315mm. Kantavuus 200kg. Myyntierä 1kpl</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="P4" authorId="0" shapeId="0" xr:uid="{7C21DE25-3F3E-474A-8921-45F5F03DB1FA}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Teineen mitat: 410 x 895 x 410
+Kiinnityspisteet kehikossa syvyys 372mm. Leveys 324 - 715.  Kiinnitysraudat syvyys 220 - 360. Kantavuus 100kg. Myyntierä 1kpl</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="Q4" authorId="0" shapeId="0" xr:uid="{D5BD17D2-4949-454F-A906-57F6F7307000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Telineen mitat 500x870x400.
 Kiinnityspisteet kehikossa: syvyys 340mm leveys 425-525mm. Kiinnitysrauta syvyys 300-360mm. Kantavuus 80kg</t>
         </r>
       </text>
     </comment>
     <comment ref="R4" authorId="0" shapeId="0" xr:uid="{8BF633D9-A5EA-4F0F-8631-25A50334903E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
@@ -249,212 +277,212 @@
 Myyntierä 4kpl
 Sisältää kumityynyt</t>
         </r>
       </text>
     </comment>
     <comment ref="S4" authorId="0" shapeId="0" xr:uid="{3E05C62A-8060-4796-88AD-AFA7AEF96023}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Telineen mitat 450-670x860x437.
 Kiinnityspisteet kehikossa: syvyys 390mm leveys 420-600. Kiinnitysrauta syvyys 225-405mm.
 Kantavuus 100kg
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
     <comment ref="T4" authorId="0" shapeId="0" xr:uid="{08001E19-1C45-42F4-A6C1-440B8B23140F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Telineen mitat 800x800x480.
 Kiinnityspisteet kehikossa: syvyys 440mm leveys 370-550mm Kiinnitysrauta syvyys 380-455mm. Kantavuus 150kg</t>
         </r>
       </text>
     </comment>
     <comment ref="U4" authorId="0" shapeId="0" xr:uid="{FF27BE43-59B9-4F75-826E-4FE591AAABBC}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Telineen mitat 608x1110x570.
 Kiinnityspisteet kehikko: syvyys 515mm leveys 550-850mm. Kiinnitysrauta syvyys 345-535mm. 
 Kantavuus 150kg</t>
         </r>
       </text>
     </comment>
     <comment ref="V4" authorId="0" shapeId="0" xr:uid="{79405E5E-CFAE-4642-973E-F2AF7336F69B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Telineen mitat 427x1160x579.
 Kiinteä asennuskohta ulkoyksikölle
 Soveltuvuus PUD-S(H)WM80-140</t>
         </r>
       </text>
     </comment>
     <comment ref="W4" authorId="0" shapeId="0" xr:uid="{725EC283-569C-4B9B-96A8-D2E0C49C139E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Telineen mitat 428-676x1056x429.
 Kiinteä asennuskohta ulkoyksikölle
 Soveltuvuus: PUHZ-SHW230, PUZ-ZM71-ZM250 ja PUZ-M100-M250</t>
         </r>
       </text>
     </comment>
     <comment ref="Y4" authorId="0" shapeId="0" xr:uid="{371F6CFE-CC4B-4A2E-B61F-253DC73D8C0E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Kotelon mitat (kxlxs) 670x1040x520</t>
         </r>
       </text>
     </comment>
     <comment ref="Z4" authorId="0" shapeId="0" xr:uid="{068BBAA3-7706-41B0-A12E-0F6BBF2561FF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>korotusritilän korkeus 180mm</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
     <comment ref="AA4" authorId="0" shapeId="0" xr:uid="{BA8A222B-A177-41C0-A2FD-7C24F257968D}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Kotelon mitat 850x1000x500</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
     <comment ref="AB4" authorId="0" shapeId="0" xr:uid="{06FEE08B-9136-4486-AA46-DB267EAA1D2C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Kotelon mitat 792x1055x560</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1150" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1206" uniqueCount="200">
   <si>
     <t>Telineiden mitat KxLxS. Kiinnityspisteet seinä- ja sokkelitelineissä seinäpinnasta mitattuna</t>
   </si>
   <si>
     <t xml:space="preserve">UY:n kiinnityspisteet </t>
   </si>
   <si>
     <t>Seinäteline</t>
   </si>
   <si>
     <t>Sokkeliteline</t>
   </si>
   <si>
     <t>Maateline</t>
   </si>
   <si>
     <t>Suojakotelot</t>
   </si>
   <si>
     <t>Malli</t>
   </si>
   <si>
     <t>Leveys (mm)</t>
   </si>
   <si>
@@ -724,59 +752,53 @@
   <si>
     <t>CAHV-P500YB-HPB (2kpl jalustoja)</t>
   </si>
   <si>
     <t>Maateline 2 x BS-CM-S</t>
   </si>
   <si>
     <t>Suunnitelman mukaan</t>
   </si>
   <si>
     <t xml:space="preserve"> -</t>
   </si>
   <si>
     <t>MUZ-AP71VG</t>
   </si>
   <si>
     <t>MUY-TP35VF</t>
   </si>
   <si>
     <t>7 m jälkeen 10 g/m</t>
   </si>
   <si>
     <t>MUY-TP50VF</t>
   </si>
   <si>
-    <t>MUZ-HR25VF</t>
-[...1 lines deleted...]
-  <si>
     <t>249-267</t>
   </si>
   <si>
-    <t>MUZ-HR35VF</t>
-[...1 lines deleted...]
-  <si>
     <t>PUZ-M100YKA2</t>
   </si>
   <si>
     <t>3/8 x 5/8</t>
   </si>
   <si>
     <t>55 m</t>
   </si>
   <si>
     <t>PUZ-M125YKA2</t>
   </si>
   <si>
     <t>65 m</t>
   </si>
   <si>
     <t>PUZ-M140YKA2</t>
   </si>
   <si>
     <t>PUZ-M200YKA2</t>
   </si>
   <si>
     <t>70 m</t>
   </si>
   <si>
     <t>PUZ-M250YKA2</t>
@@ -892,59 +914,50 @@
   <si>
     <t>Amber 50</t>
   </si>
   <si>
     <t>1/4 x 5/8</t>
   </si>
   <si>
     <t>40m</t>
   </si>
   <si>
     <t>Amber 70</t>
   </si>
   <si>
     <t>50m</t>
   </si>
   <si>
     <t>30m</t>
   </si>
   <si>
     <t>7,5m jälkeen 50g/m</t>
   </si>
   <si>
     <t>Console 35</t>
   </si>
   <si>
-    <t>Multisplit</t>
-[...7 lines deleted...]
-  <si>
     <t>U-Match 50-A</t>
   </si>
   <si>
     <t>35m</t>
   </si>
   <si>
     <t>7m jälkeen 16g/m</t>
   </si>
   <si>
     <t>U-Match 70-A</t>
   </si>
   <si>
     <t>7m jälkeen 40g/m</t>
   </si>
   <si>
     <t>U-Match 125-A</t>
   </si>
   <si>
     <t>75m</t>
   </si>
   <si>
     <t>Airy 35 Nordic</t>
   </si>
   <si>
     <t>SCD500002</t>
@@ -982,126 +995,134 @@
   <si>
     <t>PUZ-SHWM140YAAH-SC</t>
   </si>
   <si>
     <t>PUZ-WZ85YAAH-SC</t>
   </si>
   <si>
     <t>PUZ-WZ100YAAH-SC</t>
   </si>
   <si>
     <t>PUZ-WZ120YAAH-SC</t>
   </si>
   <si>
     <t>124,5</t>
   </si>
   <si>
     <t>Pakattu malli</t>
   </si>
   <si>
     <t>1" UK vesi</t>
   </si>
   <si>
     <t>50 m (30 m*)</t>
   </si>
   <si>
-    <t>CAHV-P450YA HPB</t>
-[...1 lines deleted...]
-  <si>
     <t>Maateline BS-CM-XL-E2</t>
   </si>
   <si>
     <t>PUZ-ZM100YDA</t>
   </si>
   <si>
     <t>PUZ-ZM125YDA</t>
   </si>
   <si>
     <t>PUZ-ZM140YDA</t>
   </si>
   <si>
     <t>3/8  x 5/8</t>
   </si>
   <si>
     <t>Asennusohjeen mukaan, huomioi mahdollinen jäähdytyskäyttö</t>
   </si>
   <si>
     <t>alhaalta jää 3cm näkyviin</t>
+  </si>
+  <si>
+    <t>Multisplit Nordic 70-A</t>
+  </si>
+  <si>
+    <t>20m jälkeen 20g/m</t>
+  </si>
+  <si>
+    <t>CAHV-R450YA-HPB</t>
+  </si>
+  <si>
+    <t>MUZ-EF35VGH2</t>
+  </si>
+  <si>
+    <t>MUZ-HR50VF2</t>
+  </si>
+  <si>
+    <t>MUZ-HR71VF2</t>
+  </si>
+  <si>
+    <t>MUZ-HR25VF2</t>
+  </si>
+  <si>
+    <t>MUZ-HR35VF2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
-      <charset val="1"/>
-[...5 lines deleted...]
-      <name val="Tahoma"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <charset val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
@@ -1183,141 +1204,53 @@
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normaali" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="57">
-[...87 lines deleted...]
-    </dxf>
+  <dxfs count="47">
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
@@ -1407,686 +1340,161 @@
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFC000"/>
+          <bgColor rgb="FF000000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF3300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...531 lines deleted...]
-
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{CF309932-D13B-4BD6-B5E3-59EAAB240BEA}" name="Taulukko1" displayName="Taulukko1" ref="B4:AF67" totalsRowShown="0" headerRowDxfId="56" dataDxfId="55">
-[...2 lines deleted...]
-    <sortCondition sortBy="cellColor" ref="B4:B67" dxfId="1"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{CF309932-D13B-4BD6-B5E3-59EAAB240BEA}" name="Taulukko1" displayName="Taulukko1" ref="B4:AF70" totalsRowShown="0" headerRowDxfId="46" dataDxfId="45">
+  <autoFilter ref="B4:AF70" xr:uid="{CF309932-D13B-4BD6-B5E3-59EAAB240BEA}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B5:AF70">
+    <sortCondition sortBy="cellColor" ref="B4:B70" dxfId="44"/>
   </sortState>
   <tableColumns count="31">
     <tableColumn id="1" xr3:uid="{8D851547-8B9B-430F-B972-5826096BC953}" name="Malli"/>
-    <tableColumn id="2" xr3:uid="{19C2241B-4F11-404B-89A1-106D0882FCBC}" name="Leveys (mm)" dataDxfId="54"/>
-[...28 lines deleted...]
-    <tableColumn id="9" xr3:uid="{CBE34477-B16D-4BEA-9190-ED80547E95B1}" name="Lisätäyttö" dataDxfId="25"/>
+    <tableColumn id="2" xr3:uid="{19C2241B-4F11-404B-89A1-106D0882FCBC}" name="Leveys (mm)" dataDxfId="43"/>
+    <tableColumn id="3" xr3:uid="{3081469B-6C39-4EDC-88D6-53DD06B9523C}" name="Syvyys (mm)" dataDxfId="42"/>
+    <tableColumn id="4" xr3:uid="{85FC1363-8961-4B63-88CF-049A7AB0C61C}" name="Paino (kg)" dataDxfId="41"/>
+    <tableColumn id="15" xr3:uid="{5FE4841E-BAD3-4E55-B10B-08BA537737B5}" name="MS242" dataDxfId="40"/>
+    <tableColumn id="21" xr3:uid="{C9692E78-3456-4F03-89DE-BB9CDF6283D6}" name="BRIMP0402" dataDxfId="39"/>
+    <tableColumn id="20" xr3:uid="{CE11A6DA-B200-46E8-BBCD-A6841CF41F4C}" name="MS246" dataDxfId="38"/>
+    <tableColumn id="18" xr3:uid="{01B299AC-AAE9-411B-90D7-C1C6B1AFFE9C}" name="MS503" dataDxfId="37"/>
+    <tableColumn id="19" xr3:uid="{35A13F76-97CE-4F6E-AD76-0CEB90E559C4}" name="MS205" dataDxfId="36"/>
+    <tableColumn id="17" xr3:uid="{64FCC850-FEA7-4265-8ADE-04B10B37C576}" name="SC-111" dataDxfId="35"/>
+    <tableColumn id="16" xr3:uid="{B387C0D9-C69E-4B9E-A77C-32C4E6232BD6}" name="FI711" dataDxfId="34"/>
+    <tableColumn id="14" xr3:uid="{BD8C332B-EC9E-4F8A-9D45-09EFC02870C7}" name="FI133" dataDxfId="33"/>
+    <tableColumn id="13" xr3:uid="{3D168442-FD70-4048-8E8D-61A1CC9D0DE3}" name="GS1-380" dataDxfId="32"/>
+    <tableColumn id="31" xr3:uid="{FE7AAB2D-CBAC-4222-B485-78E42F50E032}" name="SC-400" dataDxfId="31"/>
+    <tableColumn id="29" xr3:uid="{A02F4AF3-9049-4477-ABC3-8407A61284AB}" name="SCD500002" dataDxfId="30"/>
+    <tableColumn id="25" xr3:uid="{0AE108C7-43A5-418D-8EB2-C646836861E3}" name="SC-500FI" dataDxfId="29"/>
+    <tableColumn id="12" xr3:uid="{5AA85F2D-82BD-4895-BA27-E990A8DC3732}" name="SC600" dataDxfId="28"/>
+    <tableColumn id="30" xr3:uid="{F2FA24EE-EEC5-4B39-BA3E-76E7499BFFCA}" name="SC-670" dataDxfId="27"/>
+    <tableColumn id="11" xr3:uid="{F554400D-D418-44E2-AA3C-622154187E86}" name="SC-800" dataDxfId="26"/>
+    <tableColumn id="10" xr3:uid="{2D57E33F-D648-459B-A179-88AC9FCC2D31}" name="SC-HEAVYLOAD" dataDxfId="25"/>
+    <tableColumn id="22" xr3:uid="{FA9EB5E7-BB06-4D40-8231-15FCCCAB7238}" name="MS-AA-FI" dataDxfId="24"/>
+    <tableColumn id="24" xr3:uid="{B9EAEEA3-BA9D-44C7-ADA8-31191F2B2BAE}" name="1050FImarkstativ" dataDxfId="23"/>
+    <tableColumn id="5" xr3:uid="{F0173E8D-F7EA-4654-8748-E469EBB1F23D}" name="Soveltuvat telineet CAHV" dataDxfId="22"/>
+    <tableColumn id="23" xr3:uid="{833CB14A-063C-4611-854A-3007D4038053}" name="fi221-224" dataDxfId="21"/>
+    <tableColumn id="28" xr3:uid="{5D4132B5-B02C-48DF-9ABA-70D9076D7C57}" name="fi221-225 + FI229 korotusritilä" dataDxfId="20"/>
+    <tableColumn id="27" xr3:uid="{25E3D842-0985-45B2-921D-B29C8B9EA806}" name="SC-STEELHOUSING-W" dataDxfId="19"/>
+    <tableColumn id="26" xr3:uid="{5B89D49F-8425-4B12-BF5A-344EDE10945C}" name="SC-007BLACK" dataDxfId="18"/>
+    <tableColumn id="6" xr3:uid="{A7B3CB0E-CA44-4BA9-9FBC-F5C6AC75DCD8}" name="Putkikoko &quot;" dataDxfId="17"/>
+    <tableColumn id="7" xr3:uid="{2C643377-70EF-4945-B878-5E49F0123387}" name="Max putkiveto" dataDxfId="16"/>
+    <tableColumn id="8" xr3:uid="{D454E49E-DD7A-45B4-BAD7-F344E64F89C0}" name="Max korkeusero" dataDxfId="15"/>
+    <tableColumn id="9" xr3:uid="{CBE34477-B16D-4BEA-9190-ED80547E95B1}" name="Lisätäyttö" dataDxfId="14"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FE3BFB0E-2A49-476D-A03E-8076F1CF0691}" name="Taulukko2" displayName="Taulukko2" ref="B3:W23" totalsRowShown="0" headerRowDxfId="24">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{FE3BFB0E-2A49-476D-A03E-8076F1CF0691}" name="Taulukko2" displayName="Taulukko2" ref="B3:W23" totalsRowShown="0" headerRowDxfId="13">
   <autoFilter ref="B3:W23" xr:uid="{FE3BFB0E-2A49-476D-A03E-8076F1CF0691}"/>
   <tableColumns count="22">
     <tableColumn id="1" xr3:uid="{A05E8CC9-8509-4E53-8BCD-AE998EF43945}" name="Malli"/>
     <tableColumn id="2" xr3:uid="{6AB2E380-9184-4F0D-93C7-2660C3872D97}" name="Leveys (mm)"/>
     <tableColumn id="3" xr3:uid="{5F2A4F85-87BE-4763-A97A-A2F73D216E74}" name="Syvyys (mm)"/>
     <tableColumn id="4" xr3:uid="{10AD58DC-8C8B-48C4-B71D-6CB4D3FD0399}" name="Paino (kg)"/>
     <tableColumn id="19" xr3:uid="{BB46EC68-A62B-4D77-824A-D00A96D97C62}" name="MS242"/>
-    <tableColumn id="5" xr3:uid="{6EFA6320-7A3C-4044-A19C-C33CC3634EB9}" name="MS246" dataDxfId="23"/>
-[...11 lines deleted...]
-    <tableColumn id="11" xr3:uid="{47973804-FC2F-4F55-920F-F12B13879F77}" name="SC-HEAVYLOAD" dataDxfId="11"/>
+    <tableColumn id="5" xr3:uid="{6EFA6320-7A3C-4044-A19C-C33CC3634EB9}" name="MS246" dataDxfId="12"/>
+    <tableColumn id="15" xr3:uid="{2939F7E1-185A-4055-9C55-66AFA20E2959}" name="MS205" dataDxfId="11"/>
+    <tableColumn id="20" xr3:uid="{AA81D4AE-AD49-44CA-AFE0-B8181CC87887}" name="MS503" dataDxfId="10"/>
+    <tableColumn id="14" xr3:uid="{7133786B-ADF5-4119-A5EA-44F937C51285}" name="SC-111" dataDxfId="9"/>
+    <tableColumn id="13" xr3:uid="{AD769D2B-3A70-46EC-AA49-90AD2097CB7D}" name="FI711" dataDxfId="8"/>
+    <tableColumn id="12" xr3:uid="{A025DF7B-3C49-4171-B21B-76F560A95B91}" name="FI133" dataDxfId="7"/>
+    <tableColumn id="16" xr3:uid="{4639E08D-4B6B-42D8-88EF-B6CE80103E81}" name="GS1-380" dataDxfId="6"/>
+    <tableColumn id="22" xr3:uid="{C37F4B96-FCC9-4300-9F30-165C2F3E0683}" name="SC-400" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{1C6B3927-DFBE-44F6-8873-C2C12C6948AE}" name="SCD500002" dataDxfId="4"/>
+    <tableColumn id="17" xr3:uid="{119D59BC-8B80-43C5-BFFA-BCCE372F72DB}" name="SC-600" dataDxfId="3"/>
+    <tableColumn id="21" xr3:uid="{053B4938-2277-4B9A-9B3F-5FB26D2414BE}" name="SC-670" dataDxfId="2"/>
+    <tableColumn id="18" xr3:uid="{0B20A719-2C0D-4A0C-AC60-207166EA388D}" name="SC-800" dataDxfId="1"/>
+    <tableColumn id="11" xr3:uid="{47973804-FC2F-4F55-920F-F12B13879F77}" name="SC-HEAVYLOAD" dataDxfId="0"/>
     <tableColumn id="6" xr3:uid="{67885C8E-9BC1-40D0-8280-5E463D7089E3}" name="Putkikoko &quot;"/>
     <tableColumn id="7" xr3:uid="{A73780C1-79B9-4E76-A58D-8A99E6616AF6}" name="Max putkiveto"/>
     <tableColumn id="8" xr3:uid="{91F47273-805C-4923-994B-A321A2840D0D}" name="Max korkeusero"/>
     <tableColumn id="9" xr3:uid="{2D72788C-F7EC-44EE-ACA6-BCE25217E2BE}" name="Lisätäyttö"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022 -teema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2337,240 +1745,240 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3907A6E3-8E71-4AA5-A2BA-FE38A5F37353}">
-  <dimension ref="B2:AF70"/>
+  <dimension ref="B2:AF73"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="V26" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="2" ySplit="4" topLeftCell="C16" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="Z47" sqref="Z47"/>
+      <selection pane="bottomRight" activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="2" max="2" width="60.85546875" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="17" max="17" width="10.5703125" customWidth="1"/>
+    <col min="2" max="2" width="60.83203125" customWidth="1"/>
+    <col min="3" max="3" width="15.1640625" customWidth="1"/>
+    <col min="4" max="4" width="14.33203125" customWidth="1"/>
+    <col min="5" max="5" width="12.1640625" customWidth="1"/>
+    <col min="6" max="6" width="10.83203125" customWidth="1"/>
+    <col min="7" max="7" width="12.5" customWidth="1"/>
+    <col min="8" max="9" width="9.1640625" customWidth="1"/>
+    <col min="10" max="10" width="9.5" customWidth="1"/>
+    <col min="11" max="11" width="9.6640625" customWidth="1"/>
+    <col min="12" max="12" width="8.6640625" customWidth="1"/>
+    <col min="13" max="13" width="8.5" customWidth="1"/>
+    <col min="14" max="15" width="10.5" customWidth="1"/>
+    <col min="16" max="16" width="13.5" customWidth="1"/>
+    <col min="17" max="17" width="10.5" customWidth="1"/>
     <col min="18" max="19" width="9" customWidth="1"/>
-    <col min="20" max="20" width="9.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="23" max="23" width="17.5703125" customWidth="1"/>
+    <col min="20" max="20" width="9.83203125" customWidth="1"/>
+    <col min="21" max="21" width="17.1640625" customWidth="1"/>
+    <col min="22" max="22" width="11.5" customWidth="1"/>
+    <col min="23" max="23" width="17.5" customWidth="1"/>
     <col min="24" max="24" width="25" style="2" customWidth="1"/>
-    <col min="25" max="25" width="14.28515625" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="28" max="28" width="16.7109375" style="2" customWidth="1"/>
+    <col min="25" max="25" width="14.33203125" style="2" customWidth="1"/>
+    <col min="26" max="26" width="29.5" style="2" customWidth="1"/>
+    <col min="27" max="27" width="22.5" style="2" customWidth="1"/>
+    <col min="28" max="28" width="16.6640625" style="2" customWidth="1"/>
     <col min="29" max="29" width="21" style="2" customWidth="1"/>
-    <col min="30" max="30" width="26.140625" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="32" max="32" width="57.28515625" style="2" customWidth="1"/>
+    <col min="30" max="30" width="26.1640625" style="2" customWidth="1"/>
+    <col min="31" max="31" width="17.33203125" style="2" customWidth="1"/>
+    <col min="32" max="32" width="57.33203125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B2" s="1"/>
       <c r="F2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B3" s="1"/>
       <c r="C3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="19"/>
       <c r="F3" s="15" t="s">
         <v>2</v>
       </c>
       <c r="G3" s="15"/>
       <c r="H3" s="15"/>
       <c r="I3" s="15"/>
       <c r="J3" s="16" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="16"/>
       <c r="L3" s="16"/>
       <c r="M3" s="16"/>
       <c r="N3" s="17" t="s">
         <v>4</v>
       </c>
       <c r="O3" s="17"/>
       <c r="P3" s="17"/>
       <c r="Q3" s="17"/>
       <c r="R3" s="17"/>
       <c r="S3" s="17"/>
       <c r="T3" s="17"/>
       <c r="U3" s="17"/>
       <c r="V3" s="17"/>
       <c r="W3" s="17"/>
       <c r="X3" s="17"/>
       <c r="Y3" s="18" t="s">
         <v>5</v>
       </c>
       <c r="Z3" s="18"/>
       <c r="AA3" s="18"/>
       <c r="AB3" s="18"/>
     </row>
-    <row r="4" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>18</v>
       </c>
       <c r="O4" s="3" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="P4" s="3" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="T4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AA4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AB4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AC4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AD4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="AE4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="AF4" s="3" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="5" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B5" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="2">
         <v>500</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E5" s="2">
         <v>35</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I5" s="2"/>
       <c r="J5" s="2" t="s">
         <v>36</v>
       </c>
@@ -2608,51 +2016,51 @@
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AA5" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AB5" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC5" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD5" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE5" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF5" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="6" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B6" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="2">
         <v>500</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="2">
         <v>27</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="2"/>
       <c r="J6" s="2" t="s">
         <v>36</v>
       </c>
@@ -2689,51 +2097,51 @@
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="Y6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AA6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AB6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD6" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE6" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF6" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="7" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B7" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="2">
         <v>500</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E7" s="2">
         <v>28.5</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2"/>
       <c r="J7" s="2" t="s">
         <v>36</v>
       </c>
@@ -2770,53 +2178,53 @@
       <c r="U7" s="2"/>
       <c r="V7" s="2"/>
       <c r="W7" s="2"/>
       <c r="Y7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AA7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AB7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD7" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE7" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF7" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="8" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
-        <v>49</v>
+        <v>195</v>
       </c>
       <c r="C8" s="2">
         <v>500</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E8" s="2">
         <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="2"/>
       <c r="J8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>36</v>
@@ -2829,172 +2237,177 @@
       </c>
       <c r="N8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U8" s="2"/>
       <c r="V8" s="2"/>
       <c r="W8" s="2"/>
-      <c r="X8" s="3"/>
       <c r="Y8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AA8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AB8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="AE8" s="2" t="s">
-        <v>45</v>
+      <c r="AE8" s="2">
+        <v>12</v>
       </c>
       <c r="AF8" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:32" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B9" s="12" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C9" s="2">
         <v>500</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E9" s="2">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="2"/>
       <c r="J9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
       <c r="W9" s="2"/>
       <c r="X9" s="3"/>
-      <c r="Z9" s="2" t="s">
+      <c r="Y9" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA9" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD9" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="AE9" s="2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AF9" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="10" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B10" s="12" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C10" s="2">
         <v>500</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="2">
         <v>40</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G10" s="2"/>
+      <c r="G10" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H10" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="2"/>
       <c r="J10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="2" t="s">
@@ -3004,135 +2417,129 @@
         <v>36</v>
       </c>
       <c r="T10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="3"/>
       <c r="Z10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AE10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="AF10" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="11" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B11" s="12" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C11" s="2">
         <v>500</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="2">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I11" s="2"/>
+      <c r="I11" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U11" s="2"/>
       <c r="V11" s="2"/>
       <c r="W11" s="2"/>
       <c r="X11" s="3"/>
-      <c r="Y11" s="2" t="s">
-[...5 lines deleted...]
-      <c r="AB11" s="2" t="s">
+      <c r="Z11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD11" s="2" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="AE11" s="2" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="AF11" s="2" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:32" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B12" s="12" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C12" s="2">
         <v>500</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="2">
         <v>34</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I12" s="2"/>
       <c r="J12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>36</v>
@@ -3168,200 +2575,206 @@
       <c r="V12" s="2"/>
       <c r="W12" s="2"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AA12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AB12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF12" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="13" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B13" s="12" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C13" s="2">
         <v>500</v>
       </c>
-      <c r="D13" s="2">
-        <v>360</v>
+      <c r="D13" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="G13" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H13" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="2"/>
       <c r="J13" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K13" s="2"/>
-[...4 lines deleted...]
-      <c r="P13" s="2"/>
+      <c r="K13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P13" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="Q13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U13" s="2"/>
       <c r="V13" s="2"/>
       <c r="W13" s="2"/>
       <c r="X13" s="3"/>
-      <c r="Z13" s="2" t="s">
-        <v>197</v>
+      <c r="Y13" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA13" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB13" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="AC13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD13" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="AE13" s="2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AF13" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:32" x14ac:dyDescent="0.25">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="14" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B14" s="12" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C14" s="2">
         <v>500</v>
       </c>
-      <c r="D14" s="2" t="s">
-        <v>43</v>
+      <c r="D14" s="2">
+        <v>360</v>
       </c>
       <c r="E14" s="2">
-        <v>39.5</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I14" s="2"/>
+      <c r="I14" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K14" s="2" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
       <c r="Q14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="3"/>
       <c r="Z14" s="2" t="s">
-        <v>37</v>
+        <v>191</v>
       </c>
       <c r="AC14" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD14" s="2" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="AE14" s="2" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="AF14" s="2" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:32" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="15" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B15" s="12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C15" s="2">
         <v>500</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="2">
-        <v>40</v>
+        <v>39.5</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I15" s="2"/>
       <c r="J15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N15" s="2" t="s">
         <v>36</v>
@@ -3382,137 +2795,138 @@
         <v>36</v>
       </c>
       <c r="T15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="W15" s="2"/>
       <c r="X15" s="3"/>
       <c r="Z15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF15" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="16" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B16" s="12" t="s">
-        <v>173</v>
+        <v>56</v>
       </c>
       <c r="C16" s="2">
         <v>500</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="2">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I16" s="2"/>
       <c r="J16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
+      <c r="X16" s="3"/>
       <c r="Z16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD16" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF16" s="2" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:32" x14ac:dyDescent="0.25">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="17" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B17" s="12" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C17" s="2">
         <v>500</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="2">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I17" s="2"/>
       <c r="J17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N17" s="2" t="s">
         <v>36</v>
@@ -3523,214 +2937,207 @@
       <c r="P17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="Z17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD17" s="2" t="s">
-        <v>148</v>
+        <v>44</v>
       </c>
       <c r="AE17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF17" s="2" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:32" x14ac:dyDescent="0.25">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="18" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B18" s="12" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C18" s="2">
         <v>500</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="E18" s="2">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H18" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="2"/>
       <c r="J18" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K18" s="2"/>
-[...4 lines deleted...]
-      <c r="P18" s="2"/>
+      <c r="K18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P18" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="Q18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="W18" s="2"/>
       <c r="Z18" s="2" t="s">
-        <v>197</v>
+        <v>37</v>
       </c>
       <c r="AC18" s="2" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="AD18" s="2" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="AE18" s="2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AF18" s="2" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:32" x14ac:dyDescent="0.25">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="19" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B19" s="12" t="s">
-        <v>57</v>
+        <v>170</v>
       </c>
       <c r="C19" s="2">
         <v>500</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="E19" s="2">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I19" s="2"/>
+      <c r="I19" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="J19" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K19" s="2" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="K19" s="2"/>
+      <c r="L19" s="2"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="2"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="2"/>
       <c r="Q19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
-      <c r="X19" s="3"/>
-[...7 lines deleted...]
-        <v>37</v>
+      <c r="Z19" s="2" t="s">
+        <v>191</v>
       </c>
       <c r="AC19" s="2" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="AD19" s="2" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="AE19" s="2" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="AF19" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:32" x14ac:dyDescent="0.25">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="20" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B20" s="12" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C20" s="2">
         <v>500</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E20" s="2">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I20" s="2"/>
       <c r="J20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N20" s="2" t="s">
         <v>36</v>
@@ -3757,1001 +3164,1005 @@
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AA20" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AB20" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC20" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE20" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF20" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="21" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B21" s="12" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C21" s="2">
         <v>500</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E21" s="2">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G21" s="2"/>
+      <c r="G21" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H21" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="2"/>
       <c r="J21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U21" s="2"/>
       <c r="V21" s="2"/>
       <c r="W21" s="2"/>
       <c r="X21" s="3"/>
-      <c r="Z21" s="2" t="s">
+      <c r="Y21" s="2" t="s">
         <v>37</v>
       </c>
+      <c r="AA21" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB21" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="AC21" s="2" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="AD21" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="AE21" s="2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="AF21" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="22" spans="2:32" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>61</v>
+    <row r="22" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B22" s="12" t="s">
+        <v>59</v>
       </c>
       <c r="C22" s="2">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>520</v>
+        <v>500</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="E22" s="2">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="F22" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="G22" s="2"/>
-      <c r="H22" s="2"/>
-[...17 lines deleted...]
-      </c>
+      <c r="H22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="R22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U22" s="2"/>
+      <c r="V22" s="2"/>
       <c r="W22" s="2"/>
       <c r="X22" s="3"/>
+      <c r="Z22" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="AC22" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD22" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AE22" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF22" s="2" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:32" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B23" s="9" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C23" s="2">
         <v>600</v>
       </c>
       <c r="D23" s="2">
         <v>520</v>
       </c>
       <c r="E23" s="2">
         <v>121</v>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="U23" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V23" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W23" s="2"/>
       <c r="X23" s="3"/>
       <c r="AC23" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD23" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AE23" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF23" s="2" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="24" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B24" s="9" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C24" s="2">
         <v>600</v>
       </c>
       <c r="D24" s="2">
         <v>520</v>
       </c>
       <c r="E24" s="2">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
       <c r="U24" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V24" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W24" s="2"/>
       <c r="X24" s="3"/>
       <c r="AC24" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD24" s="2" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="AE24" s="2" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="AF24" s="2" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="25" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B25" s="9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C25" s="2">
         <v>600</v>
       </c>
       <c r="D25" s="2">
         <v>520</v>
       </c>
       <c r="E25" s="2">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
       <c r="S25" s="2"/>
       <c r="T25" s="2"/>
       <c r="U25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W25" s="2"/>
       <c r="X25" s="3"/>
       <c r="AC25" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD25" s="2" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="AE25" s="2" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="AF25" s="2" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="26" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B26" s="9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C26" s="2">
         <v>600</v>
       </c>
       <c r="D26" s="2">
         <v>520</v>
       </c>
       <c r="E26" s="2">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
       <c r="S26" s="2"/>
       <c r="T26" s="2"/>
       <c r="U26" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V26" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W26" s="2"/>
       <c r="X26" s="3"/>
       <c r="AC26" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AE26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF26" s="2" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="27" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B27" s="9" t="s">
-        <v>180</v>
+        <v>67</v>
       </c>
       <c r="C27" s="2">
         <v>600</v>
       </c>
       <c r="D27" s="2">
         <v>520</v>
       </c>
       <c r="E27" s="2">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
       <c r="R27" s="2"/>
       <c r="S27" s="2"/>
       <c r="T27" s="2"/>
       <c r="U27" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V27" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W27" s="2"/>
+      <c r="X27" s="3"/>
       <c r="AC27" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD27" s="2" t="s">
-        <v>127</v>
+        <v>39</v>
       </c>
       <c r="AE27" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="AF27" s="3" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="2:32" x14ac:dyDescent="0.25">
+      <c r="AF27" s="2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="28" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B28" s="9" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C28" s="2">
         <v>600</v>
       </c>
       <c r="D28" s="2">
         <v>520</v>
       </c>
-      <c r="E28" s="2" t="s">
-        <v>186</v>
+      <c r="E28" s="2">
+        <v>113</v>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
       <c r="T28" s="2"/>
       <c r="U28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W28" s="2"/>
       <c r="AC28" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD28" s="2" t="s">
-        <v>189</v>
+        <v>125</v>
       </c>
       <c r="AE28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF28" s="3" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:32" x14ac:dyDescent="0.25">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="29" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B29" s="9" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C29" s="2">
         <v>600</v>
       </c>
       <c r="D29" s="2">
         <v>520</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
       <c r="R29" s="2"/>
       <c r="S29" s="2"/>
       <c r="T29" s="2"/>
       <c r="U29" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V29" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W29" s="2"/>
       <c r="AC29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD29" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="AE29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF29" s="3" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="30" spans="2:32" x14ac:dyDescent="0.25">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B30" s="9" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C30" s="2">
         <v>600</v>
       </c>
       <c r="D30" s="2">
         <v>520</v>
       </c>
-      <c r="E30" s="2">
-        <v>113</v>
+      <c r="E30" s="2" t="s">
+        <v>181</v>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="2"/>
       <c r="U30" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V30" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W30" s="2"/>
       <c r="AC30" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD30" s="2" t="s">
-        <v>127</v>
+        <v>184</v>
       </c>
       <c r="AE30" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF30" s="3" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:32" x14ac:dyDescent="0.25">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B31" s="9" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C31" s="2">
         <v>600</v>
       </c>
       <c r="D31" s="2">
         <v>520</v>
       </c>
       <c r="E31" s="2">
         <v>113</v>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
       <c r="N31" s="2"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
       <c r="R31" s="2"/>
       <c r="S31" s="2"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W31" s="2"/>
       <c r="AC31" s="2" t="s">
         <v>60</v>
       </c>
       <c r="AD31" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="AE31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF31" s="3" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="32" spans="2:32" x14ac:dyDescent="0.25">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B32" s="9" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="C32" s="2">
         <v>600</v>
       </c>
       <c r="D32" s="2">
         <v>520</v>
       </c>
       <c r="E32" s="2">
-        <v>132</v>
+        <v>113</v>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V32" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W32" s="2"/>
       <c r="AC32" s="2" t="s">
-        <v>188</v>
+        <v>60</v>
       </c>
       <c r="AD32" s="2" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="AE32" s="2" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-    <row r="33" spans="2:32" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+      <c r="AF32" s="3" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B33" s="9" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C33" s="2">
         <v>600</v>
       </c>
       <c r="D33" s="2">
         <v>520</v>
       </c>
       <c r="E33" s="2">
         <v>132</v>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="S33" s="2"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V33" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W33" s="2"/>
-      <c r="X33" s="3"/>
       <c r="AC33" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="AD33" s="2" t="s">
         <v>99</v>
       </c>
       <c r="AE33" s="2" t="s">
         <v>99</v>
       </c>
       <c r="AF33" s="2" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:32" x14ac:dyDescent="0.25">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="34" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B34" s="9" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C34" s="2">
         <v>600</v>
       </c>
       <c r="D34" s="2">
         <v>520</v>
       </c>
       <c r="E34" s="2">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
       <c r="M34" s="2"/>
       <c r="N34" s="2"/>
       <c r="O34" s="2"/>
       <c r="P34" s="2"/>
       <c r="Q34" s="2"/>
       <c r="R34" s="2"/>
       <c r="S34" s="2"/>
       <c r="T34" s="2"/>
       <c r="U34" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V34" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W34" s="2"/>
+      <c r="X34" s="3"/>
       <c r="AC34" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="AD34" s="2" t="s">
         <v>99</v>
       </c>
       <c r="AE34" s="2" t="s">
         <v>99</v>
       </c>
       <c r="AF34" s="2" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:32" x14ac:dyDescent="0.25">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="35" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B35" s="9" t="s">
-        <v>68</v>
+        <v>178</v>
       </c>
       <c r="C35" s="2">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>600</v>
+      </c>
+      <c r="D35" s="2">
+        <v>520</v>
       </c>
       <c r="E35" s="2">
-        <v>53.5</v>
+        <v>118</v>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
-      <c r="H35" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="2"/>
       <c r="O35" s="2"/>
       <c r="P35" s="2"/>
-      <c r="Q35" s="2" t="s">
-[...12 lines deleted...]
-      <c r="V35" s="2"/>
+      <c r="Q35" s="2"/>
+      <c r="R35" s="2"/>
+      <c r="S35" s="2"/>
+      <c r="T35" s="2"/>
+      <c r="U35" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V35" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="W35" s="2"/>
-      <c r="X35" s="3"/>
       <c r="AC35" s="2" t="s">
-        <v>60</v>
+        <v>183</v>
       </c>
       <c r="AD35" s="2" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="AE35" s="2" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="AF35" s="2" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-        <v>190</v>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="36" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B36" s="9" t="s">
+        <v>68</v>
       </c>
       <c r="C36" s="2">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>500</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>69</v>
       </c>
       <c r="E36" s="2">
-        <v>359</v>
+        <v>53.5</v>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
-      <c r="H36" s="2"/>
-[...1 lines deleted...]
-      <c r="J36" s="2"/>
+      <c r="H36" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
       <c r="M36" s="2"/>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
-      <c r="Q36" s="2"/>
-[...2 lines deleted...]
-      <c r="T36" s="2"/>
+      <c r="Q36" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="R36" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S36" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T36" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="U36" s="2"/>
       <c r="V36" s="2"/>
       <c r="W36" s="2"/>
-      <c r="X36" s="14" t="s">
-[...6 lines deleted...]
-    <row r="37" spans="2:32" x14ac:dyDescent="0.25">
+      <c r="X36" s="3"/>
+      <c r="AC36" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD36" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="AE36" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF36" s="2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="37" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B37" s="10" t="s">
-        <v>96</v>
+        <v>194</v>
       </c>
       <c r="C37" s="2">
         <v>760</v>
       </c>
       <c r="D37" s="2">
-        <v>723</v>
+        <v>681</v>
       </c>
       <c r="E37" s="2">
-        <v>511</v>
+        <v>359</v>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="U37" s="2"/>
       <c r="V37" s="2"/>
       <c r="W37" s="2"/>
-      <c r="X37" s="3" t="s">
-        <v>97</v>
+      <c r="X37" s="14" t="s">
+        <v>185</v>
       </c>
       <c r="AC37" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="AD37" s="2" t="s">
-[...11 lines deleted...]
-        <v>101</v>
+    </row>
+    <row r="38" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B38" s="10" t="s">
+        <v>96</v>
       </c>
       <c r="C38" s="2">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>760</v>
+      </c>
+      <c r="D38" s="2">
+        <v>723</v>
       </c>
       <c r="E38" s="2">
-        <v>34</v>
-[...9 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
       <c r="I38" s="2"/>
-      <c r="J38" s="2" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
+      <c r="L38" s="2"/>
+      <c r="M38" s="2"/>
+      <c r="N38" s="2"/>
+      <c r="O38" s="2"/>
+      <c r="P38" s="2"/>
+      <c r="Q38" s="2"/>
+      <c r="R38" s="2"/>
+      <c r="S38" s="2"/>
+      <c r="T38" s="2"/>
       <c r="U38" s="2"/>
       <c r="V38" s="2"/>
       <c r="W38" s="2"/>
-      <c r="X38" s="3"/>
-[...4 lines deleted...]
-        <v>38</v>
+      <c r="X38" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC38" s="3" t="s">
+        <v>98</v>
       </c>
       <c r="AD38" s="2" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="AE38" s="2" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="AF38" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="39" spans="2:32" x14ac:dyDescent="0.25">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="39" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B39" s="7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C39" s="2">
         <v>500</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E39" s="2">
         <v>34</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I39" s="2"/>
       <c r="J39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R39" s="2" t="s">
@@ -4761,197 +4172,199 @@
         <v>36</v>
       </c>
       <c r="T39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U39" s="2"/>
       <c r="V39" s="2"/>
       <c r="W39" s="2"/>
       <c r="X39" s="3"/>
       <c r="Y39" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC39" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE39" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF39" s="2" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="40" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B40" s="7" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C40" s="2">
         <v>500</v>
       </c>
-      <c r="D40" s="2">
-        <v>360</v>
+      <c r="D40" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="E40" s="2">
-        <v>55</v>
-[...32 lines deleted...]
-      <c r="W40" s="6"/>
+        <v>34</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="R40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U40" s="2"/>
+      <c r="V40" s="2"/>
+      <c r="W40" s="2"/>
       <c r="X40" s="3"/>
+      <c r="Y40" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="AC40" s="2" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="AD40" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="AE40" s="2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AF40" s="2" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:32" x14ac:dyDescent="0.25">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="41" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B41" s="7" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C41" s="2">
         <v>500</v>
       </c>
-      <c r="D41" s="2" t="s">
-        <v>105</v>
+      <c r="D41" s="2">
+        <v>360</v>
       </c>
       <c r="E41" s="2">
-        <v>23</v>
-[...46 lines deleted...]
-      <c r="W41" s="2"/>
+        <v>55</v>
+      </c>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K41" s="6"/>
+      <c r="L41" s="6"/>
+      <c r="M41" s="6"/>
+      <c r="N41" s="6"/>
+      <c r="O41" s="6"/>
+      <c r="P41" s="6"/>
+      <c r="Q41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="R41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="S41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="T41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="U41" s="6"/>
+      <c r="V41" s="6"/>
+      <c r="W41" s="6"/>
       <c r="X41" s="3"/>
-      <c r="Y41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC41" s="2" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="AD41" s="2" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="AE41" s="2" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="AF41" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:32" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="42" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B42" s="7" t="s">
-        <v>106</v>
+        <v>198</v>
       </c>
       <c r="C42" s="2">
         <v>500</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E42" s="2">
-        <v>23</v>
+        <v>21.5</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I42" s="2"/>
       <c r="J42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N42" s="2" t="s">
         <v>36</v>
@@ -4972,62 +4385,62 @@
         <v>36</v>
       </c>
       <c r="T42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U42" s="2"/>
       <c r="V42" s="2"/>
       <c r="W42" s="2"/>
       <c r="X42" s="3"/>
       <c r="Y42" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC42" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AD42" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AE42" s="2" t="s">
         <v>45</v>
       </c>
       <c r="AF42" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="43" spans="2:32" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>87</v>
+    <row r="43" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B43" s="7" t="s">
+        <v>199</v>
       </c>
       <c r="C43" s="2">
         <v>500</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="E43" s="2">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="2"/>
       <c r="J43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N43" s="2" t="s">
         <v>36</v>
@@ -5035,2568 +4448,2760 @@
       <c r="O43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
       <c r="W43" s="2"/>
       <c r="X43" s="3"/>
       <c r="Y43" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="AA43" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC43" s="2" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="AD43" s="2" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="AE43" s="2" t="s">
-        <v>80</v>
+        <v>45</v>
       </c>
       <c r="AF43" s="2" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-        <v>72</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B44" s="7" t="s">
+        <v>196</v>
       </c>
       <c r="C44" s="2">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>500</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="E44" s="2">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="G44" s="2"/>
+        <v>33.5</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H44" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I44" s="2"/>
       <c r="J44" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K44" s="2"/>
-[...5 lines deleted...]
-      <c r="Q44" s="2"/>
+      <c r="K44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q44" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="R44" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S44" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="U44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U44" s="2"/>
       <c r="V44" s="2"/>
       <c r="W44" s="2"/>
-      <c r="X44" s="3"/>
+      <c r="Y44" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="AC44" s="2" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="AD44" s="2" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="AE44" s="2" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="AF44" s="2" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-        <v>77</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="45" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B45" s="7" t="s">
+        <v>197</v>
       </c>
       <c r="C45" s="2">
         <v>500</v>
       </c>
-      <c r="D45" s="2">
-        <v>360.6</v>
+      <c r="D45" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="E45" s="2">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G45" s="2"/>
+      <c r="G45" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H45" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I45" s="2"/>
       <c r="J45" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K45" s="2"/>
-[...5 lines deleted...]
-      <c r="Q45" s="2"/>
+      <c r="K45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q45" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="R45" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S45" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="U45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U45" s="2"/>
       <c r="V45" s="2"/>
       <c r="W45" s="2"/>
-      <c r="X45" s="3"/>
       <c r="Y45" s="2" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="AC45" s="2" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="AD45" s="2" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="AE45" s="2" t="s">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="AF45" s="2" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="46" spans="2:32" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="46" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B46" s="8" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C46" s="2">
         <v>500</v>
       </c>
-      <c r="D46" s="2">
-        <v>360.6</v>
+      <c r="D46" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="E46" s="2">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G46" s="2"/>
+      <c r="G46" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H46" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I46" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="2"/>
       <c r="J46" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K46" s="2"/>
-[...5 lines deleted...]
-      <c r="Q46" s="2"/>
+      <c r="K46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q46" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="R46" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S46" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="U46" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U46" s="2"/>
       <c r="V46" s="2"/>
       <c r="W46" s="2"/>
       <c r="X46" s="3"/>
       <c r="Y46" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AA46" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AB46" s="2" t="s">
         <v>37</v>
       </c>
       <c r="AC46" s="2" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="AD46" s="2" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="AE46" s="2" t="s">
         <v>80</v>
       </c>
       <c r="AF46" s="2" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="47" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B47" s="8" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="C47" s="2">
         <v>600</v>
       </c>
       <c r="D47" s="2">
         <v>370</v>
       </c>
       <c r="E47" s="2">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
-      <c r="H47" s="2"/>
+      <c r="H47" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="I47" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="J47" s="2"/>
+      <c r="J47" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S47" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U47" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
       <c r="X47" s="3"/>
       <c r="AC47" s="2" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="AD47" s="2" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="AE47" s="2" t="s">
         <v>75</v>
       </c>
       <c r="AF47" s="2" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="48" spans="2:32" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>88</v>
+    <row r="48" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B48" s="8" t="s">
+        <v>77</v>
       </c>
       <c r="C48" s="2">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="D48" s="2">
-        <v>370</v>
+        <v>360.6</v>
       </c>
       <c r="E48" s="2">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="F48" s="2"/>
+        <v>58</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="G48" s="2"/>
-      <c r="H48" s="2"/>
-[...1 lines deleted...]
-      <c r="J48" s="2"/>
+      <c r="H48" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I48" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J48" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="K48" s="2"/>
       <c r="L48" s="2"/>
       <c r="M48" s="2"/>
       <c r="N48" s="2"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
-      <c r="R48" s="2"/>
-[...2 lines deleted...]
-      <c r="U48" s="2"/>
+      <c r="R48" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S48" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T48" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U48" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="V48" s="2"/>
-      <c r="W48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W48" s="2"/>
       <c r="X48" s="3"/>
+      <c r="Y48" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA48" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB48" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="AC48" s="2" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="AD48" s="2" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="AE48" s="2" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="AF48" s="2" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-        <v>92</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="49" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B49" s="8" t="s">
+        <v>81</v>
       </c>
       <c r="C49" s="2">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="D49" s="2">
-        <v>370</v>
+        <v>360.6</v>
       </c>
       <c r="E49" s="2">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="F49" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="G49" s="2"/>
-      <c r="H49" s="2"/>
-[...1 lines deleted...]
-      <c r="J49" s="2"/>
+      <c r="H49" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I49" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J49" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="K49" s="2"/>
       <c r="L49" s="2"/>
       <c r="M49" s="2"/>
       <c r="N49" s="2"/>
       <c r="O49" s="2"/>
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
-      <c r="R49" s="2"/>
-[...2 lines deleted...]
-      <c r="U49" s="2"/>
+      <c r="R49" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S49" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T49" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U49" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="V49" s="2"/>
-      <c r="W49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W49" s="2"/>
       <c r="X49" s="3"/>
+      <c r="Y49" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA49" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB49" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="AC49" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="AD49" s="2" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="AE49" s="2" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="AF49" s="2" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-        <v>95</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="50" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B50" s="8" t="s">
+        <v>84</v>
       </c>
       <c r="C50" s="2">
         <v>600</v>
       </c>
       <c r="D50" s="2">
         <v>370</v>
       </c>
       <c r="E50" s="2">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
-      <c r="I50" s="2"/>
+      <c r="I50" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="J50" s="2"/>
       <c r="K50" s="2"/>
       <c r="L50" s="2"/>
       <c r="M50" s="2"/>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
-      <c r="R50" s="2"/>
-[...2 lines deleted...]
-      <c r="U50" s="2"/>
+      <c r="R50" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S50" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T50" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U50" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="V50" s="2"/>
-      <c r="W50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W50" s="2"/>
       <c r="X50" s="3"/>
       <c r="AC50" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="AD50" s="2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="AE50" s="2" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="AF50" s="2" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-        <v>107</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="51" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B51" s="10" t="s">
+        <v>88</v>
       </c>
       <c r="C51" s="2">
         <v>600</v>
       </c>
       <c r="D51" s="2">
         <v>370</v>
       </c>
       <c r="E51" s="2">
-        <v>78</v>
+        <v>143</v>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
-      <c r="I51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51" s="2"/>
       <c r="J51" s="2"/>
       <c r="K51" s="2"/>
       <c r="L51" s="2"/>
       <c r="M51" s="2"/>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
       <c r="R51" s="2"/>
       <c r="S51" s="2"/>
       <c r="T51" s="2"/>
-      <c r="U51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U51" s="2"/>
       <c r="V51" s="2"/>
       <c r="W51" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X51" s="3"/>
       <c r="AC51" s="2" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="AD51" s="2" t="s">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="AE51" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF51" s="2" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-        <v>110</v>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="52" spans="2:32" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="10" t="s">
+        <v>92</v>
       </c>
       <c r="C52" s="2">
         <v>600</v>
       </c>
       <c r="D52" s="2">
         <v>370</v>
       </c>
       <c r="E52" s="2">
-        <v>85</v>
+        <v>136</v>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
-      <c r="I52" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="2"/>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
       <c r="R52" s="2"/>
       <c r="S52" s="2"/>
       <c r="T52" s="2"/>
-      <c r="U52" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U52" s="2"/>
       <c r="V52" s="2"/>
       <c r="W52" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X52" s="3"/>
       <c r="AC52" s="2" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="AD52" s="2" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="AE52" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF52" s="2" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="53" spans="2:32" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>112</v>
+    <row r="53" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B53" s="10" t="s">
+        <v>95</v>
       </c>
       <c r="C53" s="2">
         <v>600</v>
       </c>
       <c r="D53" s="2">
         <v>370</v>
       </c>
       <c r="E53" s="2">
-        <v>85</v>
+        <v>136</v>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
-      <c r="I53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I53" s="2"/>
       <c r="J53" s="2"/>
       <c r="K53" s="2"/>
       <c r="L53" s="2"/>
       <c r="M53" s="2"/>
       <c r="N53" s="2"/>
       <c r="O53" s="2"/>
       <c r="P53" s="2"/>
       <c r="Q53" s="2"/>
       <c r="R53" s="2"/>
       <c r="S53" s="2"/>
       <c r="T53" s="2"/>
-      <c r="U53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U53" s="2"/>
       <c r="V53" s="2"/>
       <c r="W53" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X53" s="3"/>
       <c r="AC53" s="2" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="AD53" s="2" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="AE53" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF53" s="2" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="54" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B54" s="11" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="C54" s="2">
         <v>600</v>
       </c>
       <c r="D54" s="2">
         <v>370</v>
       </c>
       <c r="E54" s="2">
-        <v>129</v>
+        <v>78</v>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V54" s="2"/>
       <c r="W54" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X54" s="3"/>
       <c r="AC54" s="2" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="AD54" s="2" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="AE54" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF54" s="2" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="55" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B55" s="11" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="C55" s="2">
         <v>600</v>
       </c>
       <c r="D55" s="2">
         <v>370</v>
       </c>
       <c r="E55" s="2">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="2"/>
       <c r="M55" s="2"/>
       <c r="N55" s="2"/>
       <c r="O55" s="2"/>
       <c r="P55" s="2"/>
       <c r="Q55" s="2"/>
       <c r="R55" s="2"/>
       <c r="S55" s="2"/>
       <c r="T55" s="2"/>
       <c r="U55" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V55" s="2"/>
       <c r="W55" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X55" s="3"/>
       <c r="AC55" s="2" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="AD55" s="2" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="AE55" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF55" s="2" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="56" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B56" s="11" t="s">
-        <v>192</v>
+        <v>110</v>
       </c>
       <c r="C56" s="2">
         <v>600</v>
       </c>
       <c r="D56" s="2">
-        <v>514</v>
+        <v>370</v>
       </c>
       <c r="E56" s="2">
-        <v>114</v>
+        <v>85</v>
       </c>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
-      <c r="I56" s="2"/>
+      <c r="I56" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="J56" s="2"/>
       <c r="K56" s="2"/>
       <c r="L56" s="2"/>
       <c r="M56" s="2"/>
       <c r="N56" s="2"/>
       <c r="O56" s="2"/>
       <c r="P56" s="2"/>
       <c r="Q56" s="2"/>
       <c r="R56" s="2"/>
       <c r="S56" s="2"/>
       <c r="T56" s="2"/>
-      <c r="U56" s="2"/>
-[...3 lines deleted...]
-      <c r="W56" s="2"/>
+      <c r="U56" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V56" s="2"/>
+      <c r="W56" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="X56" s="3"/>
       <c r="AC56" s="2" t="s">
-        <v>195</v>
+        <v>106</v>
       </c>
       <c r="AD56" s="2" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="AE56" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF56" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="57" spans="2:32" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="57" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B57" s="11" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C57" s="2">
         <v>600</v>
       </c>
       <c r="D57" s="2">
         <v>370</v>
       </c>
       <c r="E57" s="2">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J57" s="2"/>
       <c r="K57" s="2"/>
       <c r="L57" s="2"/>
       <c r="M57" s="2"/>
       <c r="N57" s="2"/>
       <c r="O57" s="2"/>
       <c r="P57" s="2"/>
       <c r="Q57" s="2"/>
       <c r="R57" s="2"/>
       <c r="S57" s="2"/>
       <c r="T57" s="2"/>
       <c r="U57" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V57" s="2"/>
       <c r="W57" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X57" s="3"/>
       <c r="AC57" s="2" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="AD57" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="AE57" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF57" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="58" spans="2:32" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="58" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B58" s="11" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="C58" s="2">
         <v>600</v>
       </c>
       <c r="D58" s="2">
-        <v>514</v>
+        <v>370</v>
       </c>
       <c r="E58" s="2">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
-      <c r="I58" s="2"/>
+      <c r="I58" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
-      <c r="U58" s="2"/>
-[...3 lines deleted...]
-      <c r="W58" s="2"/>
+      <c r="U58" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V58" s="2"/>
+      <c r="W58" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="X58" s="3"/>
       <c r="AC58" s="2" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="AD58" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="AE58" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF58" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="59" spans="2:32" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="59" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B59" s="11" t="s">
-        <v>119</v>
+        <v>186</v>
       </c>
       <c r="C59" s="2">
         <v>600</v>
       </c>
       <c r="D59" s="2">
-        <v>370</v>
+        <v>514</v>
       </c>
       <c r="E59" s="2">
         <v>114</v>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
-      <c r="I59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
-      <c r="U59" s="2" t="s">
-[...6 lines deleted...]
-      <c r="X59" s="3"/>
+      <c r="U59" s="2"/>
+      <c r="V59" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W59" s="2"/>
       <c r="AC59" s="2" t="s">
-        <v>108</v>
+        <v>189</v>
       </c>
       <c r="AD59" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AE59" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF59" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="60" spans="2:32" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="60" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B60" s="11" t="s">
-        <v>194</v>
+        <v>114</v>
       </c>
       <c r="C60" s="2">
         <v>600</v>
       </c>
       <c r="D60" s="2">
-        <v>514</v>
+        <v>370</v>
       </c>
       <c r="E60" s="2">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
-      <c r="I60" s="2"/>
+      <c r="I60" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="2"/>
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
-      <c r="U60" s="2"/>
-[...3 lines deleted...]
-      <c r="W60" s="2"/>
+      <c r="U60" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V60" s="2"/>
+      <c r="W60" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="X60" s="3"/>
       <c r="AC60" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="AD60" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AE60" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF60" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:32" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="61" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B61" s="11" t="s">
-        <v>120</v>
+        <v>187</v>
       </c>
       <c r="C61" s="2">
         <v>600</v>
       </c>
       <c r="D61" s="2">
-        <v>370</v>
+        <v>514</v>
       </c>
       <c r="E61" s="2">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
-      <c r="I61" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I61" s="2"/>
       <c r="J61" s="2"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="2"/>
       <c r="O61" s="2"/>
       <c r="P61" s="2"/>
       <c r="Q61" s="2"/>
       <c r="R61" s="2"/>
       <c r="S61" s="2"/>
       <c r="T61" s="2"/>
-      <c r="U61" s="2" t="s">
-[...6 lines deleted...]
-      <c r="X61" s="3"/>
+      <c r="U61" s="2"/>
+      <c r="V61" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W61" s="2"/>
       <c r="AC61" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="AD61" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AE61" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF61" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="62" spans="2:32" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="62" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B62" s="11" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C62" s="2">
         <v>600</v>
       </c>
       <c r="D62" s="2">
         <v>370</v>
       </c>
       <c r="E62" s="2">
-        <v>137</v>
+        <v>114</v>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J62" s="2"/>
       <c r="K62" s="2"/>
       <c r="L62" s="2"/>
       <c r="M62" s="2"/>
       <c r="N62" s="2"/>
       <c r="O62" s="2"/>
       <c r="P62" s="2"/>
       <c r="Q62" s="2"/>
       <c r="R62" s="2"/>
       <c r="S62" s="2"/>
       <c r="T62" s="2"/>
       <c r="U62" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V62" s="2"/>
       <c r="W62" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X62" s="3"/>
       <c r="AC62" s="2" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="AD62" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AE62" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF62" s="2" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="63" spans="2:32" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="63" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B63" s="11" t="s">
-        <v>122</v>
+        <v>188</v>
       </c>
       <c r="C63" s="2">
         <v>600</v>
       </c>
       <c r="D63" s="2">
-        <v>370</v>
+        <v>514</v>
       </c>
       <c r="E63" s="2">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
-      <c r="I63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
       <c r="O63" s="2"/>
       <c r="P63" s="2"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
       <c r="S63" s="2"/>
       <c r="T63" s="2"/>
-      <c r="U63" s="2" t="s">
-[...6 lines deleted...]
-      <c r="X63" s="3"/>
+      <c r="U63" s="2"/>
+      <c r="V63" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W63" s="2"/>
       <c r="AC63" s="2" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="AD63" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AE63" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF63" s="2" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="64" spans="2:32" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="64" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B64" s="11" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="C64" s="2">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="D64" s="2">
-        <v>330</v>
+        <v>370</v>
       </c>
       <c r="E64" s="2">
-        <v>46</v>
-[...9 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
       <c r="I64" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="J64" s="2" t="s">
-[...32 lines deleted...]
-      <c r="U64" s="2"/>
+      <c r="J64" s="2"/>
+      <c r="K64" s="2"/>
+      <c r="L64" s="2"/>
+      <c r="M64" s="2"/>
+      <c r="N64" s="2"/>
+      <c r="O64" s="2"/>
+      <c r="P64" s="2"/>
+      <c r="Q64" s="2"/>
+      <c r="R64" s="2"/>
+      <c r="S64" s="2"/>
+      <c r="T64" s="2"/>
+      <c r="U64" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="V64" s="2"/>
-      <c r="W64" s="2"/>
+      <c r="W64" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="X64" s="3"/>
       <c r="AC64" s="2" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="AD64" s="2" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="AE64" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF64" s="2" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="65" spans="2:32" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="65" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B65" s="11" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="C65" s="2">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="D65" s="2">
-        <v>330</v>
+        <v>370</v>
       </c>
       <c r="E65" s="2">
-        <v>46</v>
-[...9 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
       <c r="I65" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="J65" s="2" t="s">
-[...32 lines deleted...]
-      <c r="U65" s="2"/>
+      <c r="J65" s="2"/>
+      <c r="K65" s="2"/>
+      <c r="L65" s="2"/>
+      <c r="M65" s="2"/>
+      <c r="N65" s="2"/>
+      <c r="O65" s="2"/>
+      <c r="P65" s="2"/>
+      <c r="Q65" s="2"/>
+      <c r="R65" s="2"/>
+      <c r="S65" s="2"/>
+      <c r="T65" s="2"/>
+      <c r="U65" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="V65" s="2"/>
-      <c r="W65" s="2"/>
+      <c r="W65" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="X65" s="3"/>
       <c r="AC65" s="2" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="AD65" s="2" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="AE65" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF65" s="2" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="66" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B66" s="11" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C66" s="2">
         <v>600</v>
       </c>
       <c r="D66" s="2">
         <v>370</v>
       </c>
       <c r="E66" s="2">
-        <v>67</v>
+        <v>138</v>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="N66" s="2"/>
       <c r="O66" s="2"/>
       <c r="P66" s="2"/>
       <c r="Q66" s="2"/>
       <c r="R66" s="2"/>
       <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2" t="s">
         <v>36</v>
       </c>
       <c r="V66" s="2"/>
       <c r="W66" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X66" s="3"/>
       <c r="AC66" s="2" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="AD66" s="2" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AE66" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF66" s="2" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="67" spans="2:32" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:32" x14ac:dyDescent="0.2">
       <c r="B67" s="11" t="s">
         <v>124</v>
       </c>
       <c r="C67" s="2">
         <v>500</v>
       </c>
       <c r="D67" s="2">
-        <v>360</v>
+        <v>330</v>
       </c>
       <c r="E67" s="2">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="G67" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H67" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I67" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K67" s="2"/>
-[...4 lines deleted...]
-      <c r="P67" s="2"/>
+      <c r="K67" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M67" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N67" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O67" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P67" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="Q67" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R67" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S67" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T67" s="2" t="s">
         <v>36</v>
       </c>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
       <c r="W67" s="2"/>
       <c r="X67" s="3"/>
       <c r="AC67" s="2" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="AD67" s="2" t="s">
-        <v>39</v>
+        <v>125</v>
       </c>
       <c r="AE67" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AF67" s="2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="68" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B68" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="C68" s="2">
+        <v>500</v>
+      </c>
+      <c r="D68" s="2">
+        <v>330</v>
+      </c>
+      <c r="E68" s="2">
+        <v>46</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="R68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T68" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U68" s="2"/>
+      <c r="V68" s="2"/>
+      <c r="W68" s="2"/>
+      <c r="X68" s="3"/>
+      <c r="AC68" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD68" s="2" t="s">
         <v>125</v>
       </c>
-    </row>
-[...7 lines deleted...]
-        <v>130</v>
+      <c r="AE68" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF68" s="2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="69" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B69" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="C69" s="2">
+        <v>600</v>
+      </c>
+      <c r="D69" s="2">
+        <v>370</v>
+      </c>
+      <c r="E69" s="2">
+        <v>67</v>
+      </c>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J69" s="2"/>
+      <c r="K69" s="2"/>
+      <c r="L69" s="2"/>
+      <c r="M69" s="2"/>
+      <c r="N69" s="2"/>
+      <c r="O69" s="2"/>
+      <c r="P69" s="2"/>
+      <c r="Q69" s="2"/>
+      <c r="R69" s="2"/>
+      <c r="S69" s="2"/>
+      <c r="T69" s="2"/>
+      <c r="U69" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V69" s="2"/>
+      <c r="W69" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="X69" s="3"/>
+      <c r="AC69" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD69" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="AE69" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF69" s="2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="70" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B70" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="C70" s="2">
+        <v>500</v>
+      </c>
+      <c r="D70" s="2">
+        <v>360</v>
+      </c>
+      <c r="E70" s="2">
+        <v>55</v>
+      </c>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K70" s="2"/>
+      <c r="L70" s="2"/>
+      <c r="M70" s="2"/>
+      <c r="N70" s="2"/>
+      <c r="O70" s="2"/>
+      <c r="P70" s="2"/>
+      <c r="Q70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="R70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="S70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="T70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U70" s="2"/>
+      <c r="V70" s="2"/>
+      <c r="W70" s="2"/>
+      <c r="X70" s="3"/>
+      <c r="AC70" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD70" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE70" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF70" s="2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="72" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B72" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="73" spans="2:32" x14ac:dyDescent="0.2">
+      <c r="B73" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="F3:I3"/>
     <mergeCell ref="J3:M3"/>
     <mergeCell ref="N3:X3"/>
     <mergeCell ref="Y3:AB3"/>
     <mergeCell ref="C3:D3"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
-  <legacyDrawing r:id="rId3"/>
+  <legacyDrawing r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17B359D0-8E91-4714-8360-2E704EA94C8A}">
   <dimension ref="B2:W31"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B24" sqref="B24"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="R24" sqref="R24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="2" max="2" width="21.140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="21.1640625" customWidth="1"/>
+    <col min="3" max="3" width="16.1640625" customWidth="1"/>
+    <col min="4" max="4" width="14.83203125" customWidth="1"/>
+    <col min="5" max="5" width="12.5" customWidth="1"/>
     <col min="6" max="6" width="10" customWidth="1"/>
-    <col min="7" max="7" width="9.5703125" style="2" customWidth="1"/>
-    <col min="8" max="10" width="9.140625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="9.5" style="2" customWidth="1"/>
+    <col min="8" max="10" width="9.1640625" style="2" customWidth="1"/>
     <col min="11" max="11" width="8" style="2" customWidth="1"/>
-    <col min="12" max="12" width="8.140625" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="22" max="23" width="18.7109375" customWidth="1"/>
+    <col min="12" max="12" width="8.1640625" style="2" customWidth="1"/>
+    <col min="13" max="14" width="10.83203125" style="2" customWidth="1"/>
+    <col min="15" max="15" width="12.5" style="2" customWidth="1"/>
+    <col min="16" max="18" width="9.33203125" style="2" customWidth="1"/>
+    <col min="19" max="19" width="17.5" style="2" customWidth="1"/>
+    <col min="20" max="20" width="15.1640625" customWidth="1"/>
+    <col min="21" max="21" width="17.1640625" customWidth="1"/>
+    <col min="22" max="23" width="18.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:23" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B2" s="1"/>
       <c r="C2" s="19" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D2" s="19"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
     </row>
-    <row r="3" spans="2:23" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>15</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="P3" s="4" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="R3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="S3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="T3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="U3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="V3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="W3" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="4" spans="2:23" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B4" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C4">
         <v>455</v>
       </c>
       <c r="D4">
         <v>310</v>
       </c>
       <c r="E4">
         <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T4" t="s">
         <v>38</v>
       </c>
       <c r="U4" t="s">
+        <v>132</v>
+      </c>
+      <c r="V4" t="s">
+        <v>133</v>
+      </c>
+      <c r="W4" t="s">
         <v>134</v>
       </c>
-      <c r="V4" t="s">
+    </row>
+    <row r="5" spans="2:23" x14ac:dyDescent="0.2">
+      <c r="B5" t="s">
         <v>135</v>
-      </c>
-[...6 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C5">
         <v>455</v>
       </c>
       <c r="D5">
         <v>310</v>
       </c>
       <c r="E5">
         <v>26.5</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T5" t="s">
         <v>38</v>
       </c>
       <c r="U5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="V5" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="W5" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:23" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="6" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B6" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C6">
         <v>550</v>
       </c>
       <c r="D6">
         <v>354</v>
       </c>
       <c r="E6">
         <v>42</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T6" t="s">
         <v>38</v>
       </c>
       <c r="U6" t="s">
+        <v>132</v>
+      </c>
+      <c r="V6" t="s">
+        <v>133</v>
+      </c>
+      <c r="W6" t="s">
         <v>134</v>
       </c>
-      <c r="V6" t="s">
-[...6 lines deleted...]
-    <row r="7" spans="2:23" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C7">
         <v>550</v>
       </c>
       <c r="D7">
         <v>354</v>
       </c>
       <c r="E7">
         <v>44.5</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T7" t="s">
         <v>38</v>
       </c>
       <c r="U7" t="s">
+        <v>132</v>
+      </c>
+      <c r="V7" t="s">
+        <v>133</v>
+      </c>
+      <c r="W7" t="s">
         <v>134</v>
       </c>
-      <c r="V7" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="2:23" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B8" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C8">
         <v>528</v>
       </c>
       <c r="D8">
         <v>349</v>
       </c>
       <c r="E8">
         <v>37.5</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T8" t="s">
         <v>38</v>
       </c>
       <c r="U8" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="V8" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="W8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:23" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="9" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B9" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C9">
         <v>528</v>
       </c>
       <c r="D9">
         <v>347</v>
       </c>
       <c r="E9">
         <v>36</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T9" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="U9" t="s">
+        <v>132</v>
+      </c>
+      <c r="V9" t="s">
+        <v>133</v>
+      </c>
+      <c r="W9" t="s">
         <v>134</v>
       </c>
-      <c r="V9" t="s">
-[...6 lines deleted...]
-    <row r="10" spans="2:23" x14ac:dyDescent="0.25">
+    </row>
+    <row r="10" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B10" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C10">
         <v>610</v>
       </c>
       <c r="D10">
         <v>395</v>
       </c>
       <c r="E10">
         <v>47</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T10" t="s">
+        <v>142</v>
+      </c>
+      <c r="U10" t="s">
+        <v>136</v>
+      </c>
+      <c r="V10" t="s">
+        <v>133</v>
+      </c>
+      <c r="W10" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="11" spans="2:23" x14ac:dyDescent="0.2">
+      <c r="B11" t="s">
         <v>144</v>
-      </c>
-[...12 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C11">
         <v>570</v>
       </c>
       <c r="D11">
         <v>371</v>
       </c>
       <c r="E11">
         <v>43.5</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T11" t="s">
         <v>38</v>
       </c>
       <c r="U11" t="s">
+        <v>132</v>
+      </c>
+      <c r="V11" t="s">
+        <v>133</v>
+      </c>
+      <c r="W11" t="s">
         <v>134</v>
       </c>
-      <c r="V11" t="s">
-[...6 lines deleted...]
-    <row r="12" spans="2:23" x14ac:dyDescent="0.25">
+    </row>
+    <row r="12" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B12" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C12">
         <v>570</v>
       </c>
       <c r="D12">
         <v>371</v>
       </c>
       <c r="E12">
         <v>44</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T12" t="s">
         <v>38</v>
       </c>
       <c r="U12" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="V12" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="W12" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:23" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="13" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B13" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C13">
         <v>455</v>
       </c>
       <c r="D13">
         <v>310</v>
       </c>
       <c r="E13">
         <v>24.5</v>
       </c>
       <c r="T13" t="s">
         <v>38</v>
       </c>
       <c r="U13" t="s">
+        <v>132</v>
+      </c>
+      <c r="V13" t="s">
+        <v>133</v>
+      </c>
+      <c r="W13" t="s">
         <v>134</v>
       </c>
-      <c r="V13" t="s">
-[...6 lines deleted...]
-    <row r="14" spans="2:23" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B14" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C14">
         <v>550</v>
       </c>
       <c r="D14">
         <v>354</v>
       </c>
       <c r="E14">
         <v>44.5</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T14" t="s">
         <v>38</v>
       </c>
       <c r="U14" t="s">
+        <v>132</v>
+      </c>
+      <c r="V14" t="s">
+        <v>133</v>
+      </c>
+      <c r="W14" t="s">
         <v>134</v>
       </c>
-      <c r="V14" t="s">
-[...6 lines deleted...]
-    <row r="15" spans="2:23" x14ac:dyDescent="0.25">
+    </row>
+    <row r="15" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B15" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C15">
         <v>550</v>
       </c>
       <c r="D15">
         <v>354</v>
       </c>
       <c r="E15">
         <v>45.5</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T15" t="s">
         <v>38</v>
       </c>
       <c r="U15" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="V15" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="W15" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:23" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B16" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C16">
         <v>610</v>
       </c>
       <c r="D16">
         <v>395</v>
       </c>
       <c r="E16">
         <v>61</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T16" t="s">
+        <v>151</v>
+      </c>
+      <c r="U16" t="s">
+        <v>152</v>
+      </c>
+      <c r="V16" t="s">
+        <v>146</v>
+      </c>
+      <c r="W16" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="17" spans="2:23" x14ac:dyDescent="0.2">
+      <c r="B17" t="s">
         <v>153</v>
-      </c>
-[...12 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C17">
         <v>610</v>
       </c>
       <c r="D17">
         <v>395</v>
       </c>
       <c r="E17">
         <v>65</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="S17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T17" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="U17" t="s">
+        <v>154</v>
+      </c>
+      <c r="V17" t="s">
+        <v>155</v>
+      </c>
+      <c r="W17" t="s">
         <v>156</v>
       </c>
-      <c r="V17" t="s">
+    </row>
+    <row r="18" spans="2:23" x14ac:dyDescent="0.2">
+      <c r="B18" t="s">
         <v>157</v>
-      </c>
-[...6 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C18">
         <v>540</v>
       </c>
       <c r="D18">
         <v>286</v>
       </c>
       <c r="E18">
         <v>30.5</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T18" t="s">
         <v>38</v>
       </c>
       <c r="U18" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="V18" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="W18" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:23" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
-        <v>160</v>
+        <v>192</v>
       </c>
       <c r="C19">
-        <v>550</v>
+        <v>570</v>
       </c>
       <c r="D19">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="E19">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>36</v>
-[...13 lines deleted...]
-      <c r="M19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T19" t="s">
         <v>38</v>
       </c>
       <c r="U19" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="V19" t="s">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="W19" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:23" x14ac:dyDescent="0.25">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="21" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B21" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C21">
         <v>550</v>
       </c>
       <c r="D21">
         <v>348</v>
       </c>
       <c r="E21">
         <v>39</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T21" t="s">
         <v>60</v>
       </c>
       <c r="U21" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="V21" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="W21" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:23" x14ac:dyDescent="0.25">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B22" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C22">
         <v>560</v>
       </c>
       <c r="D22">
         <v>364</v>
       </c>
       <c r="E22">
         <v>53</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="O22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="P22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Q22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="R22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T22" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="U22" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="V22" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="W22" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:23" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B23" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C23">
         <v>610</v>
       </c>
       <c r="D23">
         <v>486</v>
       </c>
       <c r="E23">
         <v>95</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="P23" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S23" s="2" t="s">
         <v>36</v>
       </c>
       <c r="T23" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="U23" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="V23" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="W23" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:23" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="2:23" x14ac:dyDescent="0.2">
       <c r="G26" s="13"/>
     </row>
-    <row r="27" spans="2:23" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:23" x14ac:dyDescent="0.2">
       <c r="G27" s="13"/>
     </row>
-    <row r="31" spans="2:23" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:23" x14ac:dyDescent="0.2">
       <c r="G31" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:D2"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1680ed2c-1465-4db9-9d21-2475945514ab">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d995907f-2447-4c95-b6b0-752e3f9a42af" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1680ed2c-1465-4db9-9d21-2475945514ab" xmlns:ns3="d995907f-2447-4c95-b6b0-752e3f9a42af" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b68ebf23558731ba24a6af951c9ccbb5" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100931D317F6D34E54F86E061AC43ADC640" ma:contentTypeVersion="19" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="1029cc0736dc57707b0bce0404375a01">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1680ed2c-1465-4db9-9d21-2475945514ab" xmlns:ns3="d995907f-2447-4c95-b6b0-752e3f9a42af" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ecb76512fb4912f2a63e34911e5f3338" ns2:_="" ns3:_="">
     <xsd:import namespace="1680ed2c-1465-4db9-9d21-2475945514ab"/>
     <xsd:import namespace="d995907f-2447-4c95-b6b0-752e3f9a42af"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -7811,97 +7416,106 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4941A875-0AEF-4D0A-8819-DAC03B63AECC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1680ed2c-1465-4db9-9d21-2475945514ab"/>
     <ds:schemaRef ds:uri="d995907f-2447-4c95-b6b0-752e3f9a42af"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD7A7FB-698C-4337-A815-08E82DD8B97F}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA4F1BF0-C3F5-4D39-95B7-F0EEAA837717}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{333CD25C-1226-4CAA-9934-2E709FF04DF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1680ed2c-1465-4db9-9d21-2475945514ab"/>
     <ds:schemaRef ds:uri="d995907f-2447-4c95-b6b0-752e3f9a42af"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD7A7FB-698C-4337-A815-08E82DD8B97F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Laskentataulukot</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Mitsubishi Electric</vt:lpstr>
       <vt:lpstr>Gree</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>